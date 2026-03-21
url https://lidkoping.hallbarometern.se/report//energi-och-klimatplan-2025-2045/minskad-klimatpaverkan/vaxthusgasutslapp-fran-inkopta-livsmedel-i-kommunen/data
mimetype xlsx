--- v0 (2025-10-03)
+++ v1 (2026-03-21)
@@ -498,50 +498,70 @@
       </c>
       <c r="F4">
         <v>1.89</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2">
         <v>45657</v>
       </c>
       <c r="E5" s="3">
         <v>2024</v>
       </c>
       <c r="F5">
         <v>1.88</v>
       </c>
     </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B6" t="s">
+        <v>7</v>
+      </c>
+      <c r="C6" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="2">
+        <v>46022</v>
+      </c>
+      <c r="E6" s="3">
+        <v>2025</v>
+      </c>
+      <c r="F6">
+        <v>1.8</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
 </cp:coreProperties>
 </file>