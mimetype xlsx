--- v0 (2025-12-07)
+++ v1 (2026-03-21)
@@ -1504,51 +1504,51 @@
       </c>
       <c r="E54" s="3">
         <v>2023</v>
       </c>
       <c r="F54">
         <v>144.956151</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="2">
         <v>45657</v>
       </c>
       <c r="E55" s="3">
         <v>2024</v>
       </c>
       <c r="F55">
-        <v>151.253238</v>
+        <v>152.672129</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2">
         <v>36160</v>
       </c>
       <c r="E56" s="3">
         <v>1998</v>
       </c>
       <c r="F56">
         <v>127.636733</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
@@ -2044,51 +2044,51 @@
       </c>
       <c r="E81" s="3">
         <v>2023</v>
       </c>
       <c r="F81">
         <v>165.269130</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" s="2">
         <v>45657</v>
       </c>
       <c r="E82" s="3">
         <v>2024</v>
       </c>
       <c r="F82">
-        <v>206.458029</v>
+        <v>174.986698</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" s="2">
         <v>36160</v>
       </c>
       <c r="E83" s="3">
         <v>1998</v>
       </c>
       <c r="F83">
         <v>86.513562</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
@@ -2305,50 +2305,70 @@
       <c r="E94" s="3">
         <v>2022</v>
       </c>
       <c r="F94">
         <v>137.449329</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" s="2">
         <v>45291</v>
       </c>
       <c r="E95" s="3">
         <v>2023</v>
       </c>
       <c r="F95">
         <v>129.474914</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>6</v>
+      </c>
+      <c r="B96" t="s">
+        <v>7</v>
+      </c>
+      <c r="C96" t="s">
+        <v>11</v>
+      </c>
+      <c r="D96" s="2">
+        <v>45657</v>
+      </c>
+      <c r="E96" s="3">
+        <v>2024</v>
+      </c>
+      <c r="F96">
+        <v>130.343314</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>